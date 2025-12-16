--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -2302,50 +2302,63 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. Y salida hacia Frankfurt. Tiempo libre para compras o posibilidad de realizar el tour opcional. Llegada y  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">alojamiento previsto en Leonardo Hotels Cluster Frankfurt.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -4195,51 +4208,51 @@
       </w:pict>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:pPr/>
     <w:r>
       <w:pict>
         <v:shape type="#_x0000_t75" stroked="f" style="width:455pt; height:41.396078431373pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
           <w10:wrap type="inline"/>
           <v:imagedata r:id="rId1" o:title=""/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B6E0CFD5"/>
+    <w:nsid w:val="EC44D4CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4343,51 +4356,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="22CD2FAF"/>
+    <w:nsid w:val="EB6B2285"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>